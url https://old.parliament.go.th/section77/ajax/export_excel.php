--- v0 (2025-12-20)
+++ v1 (2026-03-21)
@@ -62,51 +62,51 @@
   <si>
     <t>ปิดรับฟังความคิดเห็น</t>
   </si>
   <si>
     <t>เผยแพร่รายงานผลการรับฟังความคิดเห็น</t>
   </si>
   <si>
     <t>รอคำรับรองของนายกรัฐมนตรี</t>
   </si>
   <si>
     <t>นายกรัฐมนตรีไม่รับรอง</t>
   </si>
   <si>
     <t>บรรจุเข้าระเบียบวาระ</t>
   </si>
   <si>
     <t>พิจารณาแล้ว</t>
   </si>
   <si>
     <t>ผ่านเป็นกฎหมาย</t>
   </si>
   <si>
     <t>ข้อมูล ณ วันที่</t>
   </si>
   <si>
-    <t>21 ธันวาคม 2568</t>
+    <t>21 มีนาคม 2569</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>